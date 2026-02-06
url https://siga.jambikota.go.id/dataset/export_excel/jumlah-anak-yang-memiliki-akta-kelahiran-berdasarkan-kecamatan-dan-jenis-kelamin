--- v0 (2025-10-09)
+++ v1 (2026-02-06)
@@ -410,51 +410,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F12"/>
+  <dimension ref="A1:F23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -664,50 +664,270 @@
       <c r="E11">
         <v>5966</v>
       </c>
       <c r="F11">
         <v>12272</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12">
         <v>2023</v>
       </c>
       <c r="C12" t="s">
         <v>16</v>
       </c>
       <c r="D12">
         <v>17604</v>
       </c>
       <c r="E12">
         <v>16407</v>
       </c>
       <c r="F12">
         <v>34011</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6">
+      <c r="A13">
+        <v>12</v>
+      </c>
+      <c r="B13">
+        <v>2024</v>
+      </c>
+      <c r="C13" t="s">
+        <v>6</v>
+      </c>
+      <c r="D13">
+        <v>8.633</v>
+      </c>
+      <c r="E13">
+        <v>8.086</v>
+      </c>
+      <c r="F13">
+        <v>16.719</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6">
+      <c r="A14">
+        <v>13</v>
+      </c>
+      <c r="B14">
+        <v>2024</v>
+      </c>
+      <c r="C14" t="s">
+        <v>7</v>
+      </c>
+      <c r="D14">
+        <v>8.459</v>
+      </c>
+      <c r="E14">
+        <v>8.086</v>
+      </c>
+      <c r="F14">
+        <v>16.545</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6">
+      <c r="A15">
+        <v>14</v>
+      </c>
+      <c r="B15">
+        <v>2024</v>
+      </c>
+      <c r="C15" t="s">
+        <v>8</v>
+      </c>
+      <c r="D15">
+        <v>9.478</v>
+      </c>
+      <c r="E15">
+        <v>8.866</v>
+      </c>
+      <c r="F15">
+        <v>18.344</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6">
+      <c r="A16">
+        <v>15</v>
+      </c>
+      <c r="B16">
+        <v>2024</v>
+      </c>
+      <c r="C16" t="s">
+        <v>9</v>
+      </c>
+      <c r="D16">
+        <v>1.431</v>
+      </c>
+      <c r="E16">
+        <v>1.406</v>
+      </c>
+      <c r="F16">
+        <v>2.837</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6">
+      <c r="A17">
+        <v>16</v>
+      </c>
+      <c r="B17">
+        <v>2024</v>
+      </c>
+      <c r="C17" t="s">
+        <v>10</v>
+      </c>
+      <c r="D17">
+        <v>2.187</v>
+      </c>
+      <c r="E17">
+        <v>2.053</v>
+      </c>
+      <c r="F17">
+        <v>4.24</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6">
+      <c r="A18">
+        <v>17</v>
+      </c>
+      <c r="B18">
+        <v>2024</v>
+      </c>
+      <c r="C18" t="s">
+        <v>11</v>
+      </c>
+      <c r="D18">
+        <v>2.068</v>
+      </c>
+      <c r="E18">
+        <v>1.878</v>
+      </c>
+      <c r="F18">
+        <v>3.946</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6">
+      <c r="A19">
+        <v>18</v>
+      </c>
+      <c r="B19">
+        <v>2024</v>
+      </c>
+      <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19">
+        <v>14.69</v>
+      </c>
+      <c r="E19">
+        <v>13.591</v>
+      </c>
+      <c r="F19">
+        <v>28.281</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6">
+      <c r="A20">
+        <v>19</v>
+      </c>
+      <c r="B20">
+        <v>2024</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20">
+        <v>8.573</v>
+      </c>
+      <c r="E20">
+        <v>8.118</v>
+      </c>
+      <c r="F20">
+        <v>16.691</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6">
+      <c r="A21">
+        <v>20</v>
+      </c>
+      <c r="B21">
+        <v>2024</v>
+      </c>
+      <c r="C21" t="s">
+        <v>14</v>
+      </c>
+      <c r="D21">
+        <v>18.407</v>
+      </c>
+      <c r="E21">
+        <v>17.226</v>
+      </c>
+      <c r="F21">
+        <v>35.633</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6">
+      <c r="A22">
+        <v>21</v>
+      </c>
+      <c r="B22">
+        <v>2024</v>
+      </c>
+      <c r="C22" t="s">
+        <v>15</v>
+      </c>
+      <c r="D22">
+        <v>6.229</v>
+      </c>
+      <c r="E22">
+        <v>5.908</v>
+      </c>
+      <c r="F22">
+        <v>12.137</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6">
+      <c r="A23">
+        <v>22</v>
+      </c>
+      <c r="B23">
+        <v>2024</v>
+      </c>
+      <c r="C23" t="s">
+        <v>16</v>
+      </c>
+      <c r="D23">
+        <v>17.779</v>
+      </c>
+      <c r="E23">
+        <v>16.612</v>
+      </c>
+      <c r="F23">
+        <v>34.391</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">