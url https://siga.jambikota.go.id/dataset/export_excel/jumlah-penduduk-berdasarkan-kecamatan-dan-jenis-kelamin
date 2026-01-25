--- v0 (2025-10-09)
+++ v1 (2026-01-25)
@@ -12,137 +12,101 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>no</t>
   </si>
   <si>
     <t>tahun</t>
   </si>
   <si>
     <t>kecamatan</t>
   </si>
   <si>
-    <t>kode_kecamatan</t>
-[...1 lines deleted...]
-  <si>
     <t>laki_laki</t>
   </si>
   <si>
     <t>perempuan</t>
   </si>
   <si>
     <t>jumlah</t>
   </si>
   <si>
     <t>TELANAIPURA (15.71.01)</t>
   </si>
   <si>
-    <t>15.71.01</t>
-[...1 lines deleted...]
-  <si>
     <t>JAMBI SELATAN (15.71.02)</t>
   </si>
   <si>
-    <t>15.71.02</t>
-[...1 lines deleted...]
-  <si>
     <t>JAMBI TIMUR (15.71.03)</t>
   </si>
   <si>
-    <t>15.71.03</t>
-[...1 lines deleted...]
-  <si>
     <t>PASAR JAMBI (15.71.04)</t>
   </si>
   <si>
-    <t>15.71.04</t>
-[...1 lines deleted...]
-  <si>
     <t>PELAYANGAN (15.71.05)</t>
   </si>
   <si>
-    <t>15.71.05</t>
-[...1 lines deleted...]
-  <si>
     <t>DANAU TELUK (15.71.06)</t>
   </si>
   <si>
-    <t>15.71.06</t>
-[...1 lines deleted...]
-  <si>
     <t>KOTA BARU (15.71.07)</t>
   </si>
   <si>
-    <t>15.71.07</t>
-[...1 lines deleted...]
-  <si>
     <t>JELUTUNG (15.71.08)</t>
   </si>
   <si>
-    <t>15.71.08</t>
-[...1 lines deleted...]
-  <si>
     <t>ALAM BARAJO (15.71.09)</t>
   </si>
   <si>
-    <t>15.71.09</t>
-[...1 lines deleted...]
-  <si>
     <t>DANAU SIPIN (15.71.10)</t>
   </si>
   <si>
-    <t>15.71.10</t>
-[...1 lines deleted...]
-  <si>
     <t>PAAL MERAH (15.71.11)</t>
-  </si>
-[...1 lines deleted...]
-    <t>15.71.11</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -446,847 +410,964 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G34"/>
+  <dimension ref="A1:F45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="11.711" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7">
+    <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
-      <c r="G1" t="s">
-[...3 lines deleted...]
-    <row r="2" spans="1:7">
+    </row>
+    <row r="2" spans="1:6">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2">
         <v>2022</v>
       </c>
       <c r="C2" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>6</v>
+      </c>
+      <c r="D2">
+        <v>27.264</v>
       </c>
       <c r="E2">
-        <v>27264</v>
+        <v>27.243</v>
       </c>
       <c r="F2">
-        <v>27243</v>
-[...5 lines deleted...]
-    <row r="3" spans="1:7">
+        <v>54.507</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3">
         <v>2022</v>
       </c>
       <c r="C3" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>7</v>
+      </c>
+      <c r="D3">
+        <v>29.395</v>
       </c>
       <c r="E3">
-        <v>29395</v>
+        <v>29.343</v>
       </c>
       <c r="F3">
-        <v>29343</v>
-[...5 lines deleted...]
-    <row r="4" spans="1:7">
+        <v>58.738</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4">
         <v>2022</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>8</v>
+      </c>
+      <c r="D4">
+        <v>33.79</v>
       </c>
       <c r="E4">
-        <v>33790</v>
+        <v>33.255</v>
       </c>
       <c r="F4">
-        <v>33255</v>
-[...5 lines deleted...]
-    <row r="5" spans="1:7">
+        <v>67.045</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5">
         <v>2022</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>9</v>
+      </c>
+      <c r="D5">
+        <v>5.634</v>
       </c>
       <c r="E5">
-        <v>5634</v>
+        <v>5.762</v>
       </c>
       <c r="F5">
-        <v>5762</v>
-[...5 lines deleted...]
-    <row r="6" spans="1:7">
+        <v>11.396</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6">
         <v>2022</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>10</v>
+      </c>
+      <c r="D6">
+        <v>6.905</v>
       </c>
       <c r="E6">
-        <v>6905</v>
+        <v>6.7</v>
       </c>
       <c r="F6">
-        <v>6700</v>
-[...5 lines deleted...]
-    <row r="7" spans="1:7">
+        <v>13.605</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7">
         <v>2022</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>11</v>
+      </c>
+      <c r="D7">
+        <v>6.737</v>
       </c>
       <c r="E7">
-        <v>6737</v>
+        <v>6.619</v>
       </c>
       <c r="F7">
-        <v>6619</v>
-[...5 lines deleted...]
-    <row r="8" spans="1:7">
+        <v>13.356</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8">
         <v>2022</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>12</v>
+      </c>
+      <c r="D8">
+        <v>43.279</v>
       </c>
       <c r="E8">
-        <v>43279</v>
+        <v>42.826</v>
       </c>
       <c r="F8">
-        <v>42826</v>
-[...5 lines deleted...]
-    <row r="9" spans="1:7">
+        <v>86.105</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9">
         <v>2022</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>13</v>
+      </c>
+      <c r="D9">
+        <v>30.229</v>
       </c>
       <c r="E9">
-        <v>30229</v>
+        <v>30.449</v>
       </c>
       <c r="F9">
-        <v>30449</v>
-[...5 lines deleted...]
-    <row r="10" spans="1:7">
+        <v>60.678</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10">
         <v>2022</v>
       </c>
       <c r="C10" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>14</v>
+      </c>
+      <c r="D10">
+        <v>54.905</v>
       </c>
       <c r="E10">
-        <v>54905</v>
+        <v>54.636</v>
       </c>
       <c r="F10">
-        <v>54636</v>
-[...5 lines deleted...]
-    <row r="11" spans="1:7">
+        <v>109.541</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11">
         <v>2022</v>
       </c>
       <c r="C11" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>15</v>
+      </c>
+      <c r="D11">
+        <v>21.777</v>
       </c>
       <c r="E11">
-        <v>21777</v>
+        <v>21.636</v>
       </c>
       <c r="F11">
-        <v>21636</v>
-[...5 lines deleted...]
-    <row r="12" spans="1:7">
+        <v>43.413</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12">
         <v>2022</v>
       </c>
       <c r="C12" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>16</v>
+      </c>
+      <c r="D12">
+        <v>55.785</v>
       </c>
       <c r="E12">
-        <v>55785</v>
+        <v>54.409</v>
       </c>
       <c r="F12">
-        <v>54409</v>
-[...5 lines deleted...]
-    <row r="13" spans="1:7">
+        <v>110.194</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13">
         <v>2021</v>
       </c>
       <c r="C13" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>6</v>
+      </c>
+      <c r="D13">
+        <v>25.229</v>
       </c>
       <c r="E13">
-        <v>25229</v>
+        <v>25.086</v>
       </c>
       <c r="F13">
-        <v>25086</v>
-[...5 lines deleted...]
-    <row r="14" spans="1:7">
+        <v>50.315</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14">
         <v>2021</v>
       </c>
       <c r="C14" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>7</v>
+      </c>
+      <c r="D14">
+        <v>29.282</v>
       </c>
       <c r="E14">
-        <v>29282</v>
+        <v>29.28</v>
       </c>
       <c r="F14">
-        <v>29280</v>
-[...5 lines deleted...]
-    <row r="15" spans="1:7">
+        <v>58.562</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15">
         <v>2021</v>
       </c>
       <c r="C15" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>8</v>
+      </c>
+      <c r="D15">
+        <v>33.929</v>
       </c>
       <c r="E15">
-        <v>33929</v>
+        <v>33.276</v>
       </c>
       <c r="F15">
-        <v>33276</v>
-[...5 lines deleted...]
-    <row r="16" spans="1:7">
+        <v>67.205</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16">
         <v>2021</v>
       </c>
       <c r="C16" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>9</v>
+      </c>
+      <c r="D16">
+        <v>5.788</v>
       </c>
       <c r="E16">
-        <v>5788</v>
+        <v>5.944</v>
       </c>
       <c r="F16">
-        <v>5944</v>
-[...5 lines deleted...]
-    <row r="17" spans="1:7">
+        <v>11.732</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17">
         <v>2021</v>
       </c>
       <c r="C17" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>10</v>
+      </c>
+      <c r="D17">
+        <v>6.831</v>
       </c>
       <c r="E17">
-        <v>6831</v>
+        <v>6.561</v>
       </c>
       <c r="F17">
-        <v>6561</v>
-[...5 lines deleted...]
-    <row r="18" spans="1:7">
+        <v>13.392</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18">
         <v>2021</v>
       </c>
       <c r="C18" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>11</v>
+      </c>
+      <c r="D18">
+        <v>6.609</v>
       </c>
       <c r="E18">
-        <v>6609</v>
+        <v>6.479</v>
       </c>
       <c r="F18">
-        <v>6479</v>
-[...5 lines deleted...]
-    <row r="19" spans="1:7">
+        <v>13.088</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19">
         <v>2021</v>
       </c>
       <c r="C19" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>12</v>
+      </c>
+      <c r="D19">
+        <v>42.056</v>
       </c>
       <c r="E19">
-        <v>42056</v>
+        <v>41.454</v>
       </c>
       <c r="F19">
-        <v>41454</v>
-[...5 lines deleted...]
-    <row r="20" spans="1:7">
+        <v>83.51</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20">
         <v>2021</v>
       </c>
       <c r="C20" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>13</v>
+      </c>
+      <c r="D20">
+        <v>30.478</v>
       </c>
       <c r="E20">
-        <v>30478</v>
+        <v>30.674</v>
       </c>
       <c r="F20">
-        <v>30674</v>
-[...5 lines deleted...]
-    <row r="21" spans="1:7">
+        <v>61.152</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21">
         <v>2021</v>
       </c>
       <c r="C21" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>14</v>
+      </c>
+      <c r="D21">
+        <v>55.28</v>
       </c>
       <c r="E21">
-        <v>55280</v>
+        <v>55.006</v>
       </c>
       <c r="F21">
-        <v>55006</v>
-[...5 lines deleted...]
-    <row r="22" spans="1:7">
+        <v>110.286</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22">
         <v>2021</v>
       </c>
       <c r="C22" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>15</v>
+      </c>
+      <c r="D22">
+        <v>21.863</v>
       </c>
       <c r="E22">
-        <v>21863</v>
+        <v>21.764</v>
       </c>
       <c r="F22">
-        <v>21764</v>
-[...5 lines deleted...]
-    <row r="23" spans="1:7">
+        <v>43.627</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23">
         <v>2021</v>
       </c>
       <c r="C23" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>16</v>
+      </c>
+      <c r="D23">
+        <v>54.962</v>
       </c>
       <c r="E23">
-        <v>54962</v>
+        <v>53.534</v>
       </c>
       <c r="F23">
-        <v>53534</v>
-[...5 lines deleted...]
-    <row r="24" spans="1:7">
+        <v>108.496</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24">
         <v>2023</v>
       </c>
       <c r="C24" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>6</v>
+      </c>
+      <c r="D24">
+        <v>27.937</v>
       </c>
       <c r="E24">
-        <v>27937</v>
+        <v>27.946</v>
       </c>
       <c r="F24">
-        <v>27946</v>
-[...5 lines deleted...]
-    <row r="25" spans="1:7">
+        <v>55.883</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25">
         <v>2023</v>
       </c>
       <c r="C25" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>7</v>
+      </c>
+      <c r="D25">
+        <v>29.116</v>
       </c>
       <c r="E25">
-        <v>29116</v>
+        <v>29.101</v>
       </c>
       <c r="F25">
-        <v>29101</v>
-[...5 lines deleted...]
-    <row r="26" spans="1:7">
+        <v>58.217</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26">
         <v>2023</v>
       </c>
       <c r="C26" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>8</v>
+      </c>
+      <c r="D26">
+        <v>33.545</v>
       </c>
       <c r="E26">
-        <v>33545</v>
+        <v>32.966</v>
       </c>
       <c r="F26">
-        <v>32966</v>
-[...5 lines deleted...]
-    <row r="27" spans="1:7">
+        <v>66.511</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27">
         <v>2023</v>
       </c>
       <c r="C27" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>9</v>
+      </c>
+      <c r="D27">
+        <v>5.493</v>
       </c>
       <c r="E27">
-        <v>5493</v>
+        <v>5.676</v>
       </c>
       <c r="F27">
-        <v>5676</v>
-[...5 lines deleted...]
-    <row r="28" spans="1:7">
+        <v>11.169</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28">
         <v>2023</v>
       </c>
       <c r="C28" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>10</v>
+      </c>
+      <c r="D28">
+        <v>6.932</v>
       </c>
       <c r="E28">
-        <v>6932</v>
+        <v>6.683</v>
       </c>
       <c r="F28">
-        <v>6683</v>
-[...5 lines deleted...]
-    <row r="29" spans="1:7">
+        <v>13.615</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29">
         <v>2023</v>
       </c>
       <c r="C29" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>11</v>
+      </c>
+      <c r="D29">
+        <v>6.808</v>
       </c>
       <c r="E29">
-        <v>6808</v>
+        <v>6.66</v>
       </c>
       <c r="F29">
-        <v>6660</v>
-[...5 lines deleted...]
-    <row r="30" spans="1:7">
+        <v>13.468</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30">
         <v>2023</v>
       </c>
       <c r="C30" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>12</v>
+      </c>
+      <c r="D30">
+        <v>45.043</v>
       </c>
       <c r="E30">
-        <v>45043</v>
+        <v>44.598</v>
       </c>
       <c r="F30">
-        <v>44598</v>
-[...5 lines deleted...]
-    <row r="31" spans="1:7">
+        <v>89.641</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31">
         <v>2023</v>
       </c>
       <c r="C31" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>13</v>
+      </c>
+      <c r="D31">
+        <v>30.081</v>
       </c>
       <c r="E31">
-        <v>30081</v>
+        <v>30.156</v>
       </c>
       <c r="F31">
-        <v>30156</v>
-[...5 lines deleted...]
-    <row r="32" spans="1:7">
+        <v>60.237</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32">
         <v>2023</v>
       </c>
       <c r="C32" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>14</v>
+      </c>
+      <c r="D32">
+        <v>56.699</v>
       </c>
       <c r="E32">
-        <v>56699</v>
+        <v>56.44</v>
       </c>
       <c r="F32">
-        <v>56440</v>
-[...5 lines deleted...]
-    <row r="33" spans="1:7">
+        <v>113.139</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33">
         <v>2023</v>
       </c>
       <c r="C33" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>15</v>
+      </c>
+      <c r="D33">
+        <v>21.429</v>
       </c>
       <c r="E33">
-        <v>21429</v>
+        <v>21.349</v>
       </c>
       <c r="F33">
-        <v>21349</v>
-[...5 lines deleted...]
-    <row r="34" spans="1:7">
+        <v>42.778</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34">
         <v>2023</v>
       </c>
       <c r="C34" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>16</v>
+      </c>
+      <c r="D34">
+        <v>57.113</v>
       </c>
       <c r="E34">
-        <v>57113</v>
+        <v>55.739</v>
       </c>
       <c r="F34">
-        <v>55739</v>
-[...2 lines deleted...]
-        <v>112852</v>
+        <v>112.852</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6">
+      <c r="A35">
+        <v>34</v>
+      </c>
+      <c r="B35">
+        <v>2024</v>
+      </c>
+      <c r="C35" t="s">
+        <v>6</v>
+      </c>
+      <c r="D35">
+        <v>28.418</v>
+      </c>
+      <c r="E35">
+        <v>28.531</v>
+      </c>
+      <c r="F35">
+        <v>56.949</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6">
+      <c r="A36">
+        <v>35</v>
+      </c>
+      <c r="B36">
+        <v>2024</v>
+      </c>
+      <c r="C36" t="s">
+        <v>7</v>
+      </c>
+      <c r="D36">
+        <v>29.268</v>
+      </c>
+      <c r="E36">
+        <v>29.365</v>
+      </c>
+      <c r="F36">
+        <v>58.633</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6">
+      <c r="A37">
+        <v>36</v>
+      </c>
+      <c r="B37">
+        <v>2024</v>
+      </c>
+      <c r="C37" t="s">
+        <v>8</v>
+      </c>
+      <c r="D37">
+        <v>33.602</v>
+      </c>
+      <c r="E37">
+        <v>33.089</v>
+      </c>
+      <c r="F37">
+        <v>66.691</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6">
+      <c r="A38">
+        <v>37</v>
+      </c>
+      <c r="B38">
+        <v>2024</v>
+      </c>
+      <c r="C38" t="s">
+        <v>9</v>
+      </c>
+      <c r="D38">
+        <v>5.381</v>
+      </c>
+      <c r="E38">
+        <v>5.573</v>
+      </c>
+      <c r="F38">
+        <v>10.954</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6">
+      <c r="A39">
+        <v>38</v>
+      </c>
+      <c r="B39">
+        <v>2024</v>
+      </c>
+      <c r="C39" t="s">
+        <v>10</v>
+      </c>
+      <c r="D39">
+        <v>7.018</v>
+      </c>
+      <c r="E39">
+        <v>6.796</v>
+      </c>
+      <c r="F39">
+        <v>13.814</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6">
+      <c r="A40">
+        <v>39</v>
+      </c>
+      <c r="B40">
+        <v>2024</v>
+      </c>
+      <c r="C40" t="s">
+        <v>11</v>
+      </c>
+      <c r="D40">
+        <v>6.923</v>
+      </c>
+      <c r="E40">
+        <v>6.717</v>
+      </c>
+      <c r="F40">
+        <v>13.64</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6">
+      <c r="A41">
+        <v>40</v>
+      </c>
+      <c r="B41">
+        <v>2024</v>
+      </c>
+      <c r="C41" t="s">
+        <v>12</v>
+      </c>
+      <c r="D41">
+        <v>46.474</v>
+      </c>
+      <c r="E41">
+        <v>45.872</v>
+      </c>
+      <c r="F41">
+        <v>92.346</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6">
+      <c r="A42">
+        <v>41</v>
+      </c>
+      <c r="B42">
+        <v>2024</v>
+      </c>
+      <c r="C42" t="s">
+        <v>13</v>
+      </c>
+      <c r="D42">
+        <v>30.273</v>
+      </c>
+      <c r="E42">
+        <v>30.359</v>
+      </c>
+      <c r="F42">
+        <v>60.632</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6">
+      <c r="A43">
+        <v>42</v>
+      </c>
+      <c r="B43">
+        <v>2024</v>
+      </c>
+      <c r="C43" t="s">
+        <v>14</v>
+      </c>
+      <c r="D43">
+        <v>59.032</v>
+      </c>
+      <c r="E43">
+        <v>58.675</v>
+      </c>
+      <c r="F43">
+        <v>117.707</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6">
+      <c r="A44">
+        <v>43</v>
+      </c>
+      <c r="B44">
+        <v>2024</v>
+      </c>
+      <c r="C44" t="s">
+        <v>15</v>
+      </c>
+      <c r="D44">
+        <v>21.556</v>
+      </c>
+      <c r="E44">
+        <v>21.422</v>
+      </c>
+      <c r="F44">
+        <v>42.978</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6">
+      <c r="A45">
+        <v>44</v>
+      </c>
+      <c r="B45">
+        <v>2024</v>
+      </c>
+      <c r="C45" t="s">
+        <v>16</v>
+      </c>
+      <c r="D45">
+        <v>58.232</v>
+      </c>
+      <c r="E45">
+        <v>56.989</v>
+      </c>
+      <c r="F45">
+        <v>115.312</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">