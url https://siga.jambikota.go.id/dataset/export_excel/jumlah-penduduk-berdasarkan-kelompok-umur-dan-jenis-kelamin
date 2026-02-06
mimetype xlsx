--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>no</t>
   </si>
   <si>
     <t>tahun</t>
   </si>
   <si>
     <t>kelompok_umur</t>
   </si>
   <si>
     <t>laki_laki</t>
   </si>
   <si>
     <t>perempuan</t>
   </si>
   <si>
     <t>jumlah</t>
   </si>
   <si>
     <t>00-04</t>
   </si>
   <si>
     <t>05-09</t>
   </si>
   <si>
@@ -81,50 +81,53 @@
     <t>40-44</t>
   </si>
   <si>
     <t>45-49</t>
   </si>
   <si>
     <t>50-54</t>
   </si>
   <si>
     <t>55-59</t>
   </si>
   <si>
     <t>60-64</t>
   </si>
   <si>
     <t>65-69</t>
   </si>
   <si>
     <t>70-74</t>
   </si>
   <si>
     <t>&gt; 75</t>
   </si>
   <si>
     <t>75+</t>
+  </si>
+  <si>
+    <t>0-4</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -428,51 +431,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F65"/>
+  <dimension ref="A1:F81"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1742,50 +1745,370 @@
       <c r="E64">
         <v>4679</v>
       </c>
       <c r="F64">
         <v>9070</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65">
         <v>2023</v>
       </c>
       <c r="C65" t="s">
         <v>22</v>
       </c>
       <c r="D65">
         <v>3598</v>
       </c>
       <c r="E65">
         <v>4566</v>
       </c>
       <c r="F65">
         <v>8164</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6">
+      <c r="A66">
+        <v>65</v>
+      </c>
+      <c r="B66">
+        <v>2024</v>
+      </c>
+      <c r="C66" t="s">
+        <v>23</v>
+      </c>
+      <c r="D66">
+        <v>24.149</v>
+      </c>
+      <c r="E66">
+        <v>22.597</v>
+      </c>
+      <c r="F66">
+        <v>46.746</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6">
+      <c r="A67">
+        <v>66</v>
+      </c>
+      <c r="B67">
+        <v>2024</v>
+      </c>
+      <c r="C67" t="s">
+        <v>7</v>
+      </c>
+      <c r="D67">
+        <v>29.119</v>
+      </c>
+      <c r="E67">
+        <v>26.989</v>
+      </c>
+      <c r="F67">
+        <v>56.108</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6">
+      <c r="A68">
+        <v>67</v>
+      </c>
+      <c r="B68">
+        <v>2024</v>
+      </c>
+      <c r="C68" t="s">
+        <v>8</v>
+      </c>
+      <c r="D68">
+        <v>30.008</v>
+      </c>
+      <c r="E68">
+        <v>28.026</v>
+      </c>
+      <c r="F68">
+        <v>58.034</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6">
+      <c r="A69">
+        <v>68</v>
+      </c>
+      <c r="B69">
+        <v>2024</v>
+      </c>
+      <c r="C69" t="s">
+        <v>9</v>
+      </c>
+      <c r="D69">
+        <v>26.428</v>
+      </c>
+      <c r="E69">
+        <v>25.433</v>
+      </c>
+      <c r="F69">
+        <v>51.861</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6">
+      <c r="A70">
+        <v>69</v>
+      </c>
+      <c r="B70">
+        <v>2024</v>
+      </c>
+      <c r="C70" t="s">
+        <v>10</v>
+      </c>
+      <c r="D70">
+        <v>27.587</v>
+      </c>
+      <c r="E70">
+        <v>26.32</v>
+      </c>
+      <c r="F70">
+        <v>53.907</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6">
+      <c r="A71">
+        <v>70</v>
+      </c>
+      <c r="B71">
+        <v>2024</v>
+      </c>
+      <c r="C71" t="s">
+        <v>11</v>
+      </c>
+      <c r="D71">
+        <v>25.799</v>
+      </c>
+      <c r="E71">
+        <v>25.632</v>
+      </c>
+      <c r="F71">
+        <v>51.431</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6">
+      <c r="A72">
+        <v>71</v>
+      </c>
+      <c r="B72">
+        <v>2024</v>
+      </c>
+      <c r="C72" t="s">
+        <v>12</v>
+      </c>
+      <c r="D72">
+        <v>24.836</v>
+      </c>
+      <c r="E72">
+        <v>24.72</v>
+      </c>
+      <c r="F72">
+        <v>49.556</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6">
+      <c r="A73">
+        <v>72</v>
+      </c>
+      <c r="B73">
+        <v>2024</v>
+      </c>
+      <c r="C73" t="s">
+        <v>13</v>
+      </c>
+      <c r="D73">
+        <v>24.529</v>
+      </c>
+      <c r="E73">
+        <v>24.744</v>
+      </c>
+      <c r="F73">
+        <v>49.273</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6">
+      <c r="A74">
+        <v>73</v>
+      </c>
+      <c r="B74">
+        <v>2024</v>
+      </c>
+      <c r="C74" t="s">
+        <v>14</v>
+      </c>
+      <c r="D74">
+        <v>25.284</v>
+      </c>
+      <c r="E74">
+        <v>26.38</v>
+      </c>
+      <c r="F74">
+        <v>51.664</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6">
+      <c r="A75">
+        <v>74</v>
+      </c>
+      <c r="B75">
+        <v>2024</v>
+      </c>
+      <c r="C75" t="s">
+        <v>15</v>
+      </c>
+      <c r="D75">
+        <v>23.317</v>
+      </c>
+      <c r="E75">
+        <v>23.566</v>
+      </c>
+      <c r="F75">
+        <v>46.883</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6">
+      <c r="A76">
+        <v>75</v>
+      </c>
+      <c r="B76">
+        <v>2024</v>
+      </c>
+      <c r="C76" t="s">
+        <v>16</v>
+      </c>
+      <c r="D76">
+        <v>19.773</v>
+      </c>
+      <c r="E76">
+        <v>20.259</v>
+      </c>
+      <c r="F76">
+        <v>40.032</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6">
+      <c r="A77">
+        <v>76</v>
+      </c>
+      <c r="B77">
+        <v>2024</v>
+      </c>
+      <c r="C77" t="s">
+        <v>17</v>
+      </c>
+      <c r="D77">
+        <v>15.929</v>
+      </c>
+      <c r="E77">
+        <v>16.825</v>
+      </c>
+      <c r="F77">
+        <v>32.754</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6">
+      <c r="A78">
+        <v>77</v>
+      </c>
+      <c r="B78">
+        <v>2024</v>
+      </c>
+      <c r="C78" t="s">
+        <v>18</v>
+      </c>
+      <c r="D78">
+        <v>12.232</v>
+      </c>
+      <c r="E78">
+        <v>12.751</v>
+      </c>
+      <c r="F78">
+        <v>24.983</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6">
+      <c r="A79">
+        <v>78</v>
+      </c>
+      <c r="B79">
+        <v>2024</v>
+      </c>
+      <c r="C79" t="s">
+        <v>19</v>
+      </c>
+      <c r="D79">
+        <v>8.484</v>
+      </c>
+      <c r="E79">
+        <v>8.929</v>
+      </c>
+      <c r="F79">
+        <v>17.413</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6">
+      <c r="A80">
+        <v>79</v>
+      </c>
+      <c r="B80">
+        <v>2024</v>
+      </c>
+      <c r="C80" t="s">
+        <v>20</v>
+      </c>
+      <c r="D80">
+        <v>4.863</v>
+      </c>
+      <c r="E80">
+        <v>5.25</v>
+      </c>
+      <c r="F80">
+        <v>10.113</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6">
+      <c r="A81">
+        <v>80</v>
+      </c>
+      <c r="B81">
+        <v>2024</v>
+      </c>
+      <c r="C81" t="s">
+        <v>22</v>
+      </c>
+      <c r="D81">
+        <v>3.931</v>
+      </c>
+      <c r="E81">
+        <v>4.967</v>
+      </c>
+      <c r="F81">
+        <v>8.898</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">